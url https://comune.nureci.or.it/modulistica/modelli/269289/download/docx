--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3000788602"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3000788602"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2665002707"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2665002707"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2665002707"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3000788602"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3000788602"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2665002707"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2665002707"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2665002707"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3000788602"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3000788602"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2665002707"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2665002707"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2665002707"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3000788602"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3000788602"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2665002707"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2665002707"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2665002707"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3000788602"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3000788602"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2665002707"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2665002707"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2665002707"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3000788602"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3000788602"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2665002707"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2665002707"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2665002707"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3000788602"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3000788602"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2665002707"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2665002707"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2665002707"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3000788602"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3000788602"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2665002707"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2665002707"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2665002707"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>