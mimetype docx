--- v1 (2025-11-08)
+++ v2 (2025-12-06)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2665002707"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2665002707"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_707343641"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_707343641"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_707343641"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2665002707"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2665002707"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_707343641"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_707343641"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_707343641"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2665002707"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2665002707"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_707343641"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_707343641"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_707343641"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2665002707"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2665002707"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_707343641"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_707343641"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_707343641"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2665002707"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2665002707"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_707343641"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_707343641"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_707343641"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2665002707"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2665002707"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_707343641"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_707343641"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_707343641"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2665002707"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2665002707"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_707343641"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_707343641"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_707343641"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2665002707"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2665002707"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_707343641"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_707343641"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_707343641"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>