--- v2 (2025-12-06)
+++ v3 (2025-12-26)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_707343641"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_707343641"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2727181719"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2727181719"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2727181719"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_707343641"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_707343641"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2727181719"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2727181719"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2727181719"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_707343641"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_707343641"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2727181719"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2727181719"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2727181719"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_707343641"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_707343641"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2727181719"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2727181719"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2727181719"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_707343641"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_707343641"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2727181719"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2727181719"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2727181719"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_707343641"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_707343641"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2727181719"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2727181719"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2727181719"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_707343641"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_707343641"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2727181719"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2727181719"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2727181719"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_707343641"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_707343641"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2727181719"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2727181719"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2727181719"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>