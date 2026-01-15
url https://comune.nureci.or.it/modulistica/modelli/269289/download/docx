--- v3 (2025-12-26)
+++ v4 (2026-01-15)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2727181719"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2727181719"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2166654737"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2166654737"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2166654737"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2727181719"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2727181719"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2166654737"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2166654737"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2166654737"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2727181719"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2727181719"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2166654737"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2166654737"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2166654737"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2727181719"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2727181719"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2166654737"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2166654737"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2166654737"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2727181719"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2727181719"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2166654737"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2166654737"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2166654737"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2727181719"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2727181719"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2166654737"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2166654737"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2166654737"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2727181719"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2727181719"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2166654737"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2166654737"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2166654737"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2727181719"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2727181719"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2166654737"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2166654737"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2166654737"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>