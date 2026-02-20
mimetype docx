--- v4 (2026-01-15)
+++ v5 (2026-02-20)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2166654737"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2166654737"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_831346285"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_831346285"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_831346285"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2166654737"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2166654737"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_831346285"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_831346285"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_831346285"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2166654737"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2166654737"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_831346285"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_831346285"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_831346285"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2166654737"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2166654737"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_831346285"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_831346285"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_831346285"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2166654737"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2166654737"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_831346285"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_831346285"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_831346285"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2166654737"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2166654737"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_831346285"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_831346285"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_831346285"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2166654737"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2166654737"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_831346285"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_831346285"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_831346285"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2166654737"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2166654737"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_831346285"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_831346285"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_831346285"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>