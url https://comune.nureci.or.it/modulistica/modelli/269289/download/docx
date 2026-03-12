--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_831346285"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_831346285"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2904515029"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2904515029"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2904515029"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_831346285"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_831346285"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2904515029"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2904515029"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2904515029"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_831346285"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_831346285"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2904515029"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2904515029"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2904515029"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_831346285"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_831346285"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2904515029"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2904515029"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2904515029"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_831346285"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_831346285"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2904515029"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2904515029"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2904515029"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_831346285"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_831346285"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2904515029"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2904515029"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2904515029"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_831346285"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_831346285"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2904515029"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2904515029"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2904515029"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_831346285"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_831346285"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2904515029"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2904515029"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2904515029"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>