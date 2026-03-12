--- v6 (2026-03-12)
+++ v7 (2026-03-12)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2904515029"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2904515029"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_154191641"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_154191641"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_154191641"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2904515029"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2904515029"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_154191641"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_154191641"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_154191641"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2904515029"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2904515029"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_154191641"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_154191641"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_154191641"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2904515029"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2904515029"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_154191641"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_154191641"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_154191641"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2904515029"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2904515029"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_154191641"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_154191641"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_154191641"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2904515029"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2904515029"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_154191641"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_154191641"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_154191641"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2904515029"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2904515029"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_154191641"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_154191641"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_154191641"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2904515029"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2904515029"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_154191641"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_154191641"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_154191641"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>